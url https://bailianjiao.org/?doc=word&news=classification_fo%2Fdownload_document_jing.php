--- v0 (2025-12-07)
+++ v1 (2026-02-04)
@@ -282,168 +282,138 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia" w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">（</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia" w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">版本号：V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia" w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">8</w:t>
+        <w:t xml:space="preserve">9</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia" w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia" w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">0</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:hint="eastAsia" w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
-[...5 lines deleted...]
-        <w:rPr>
           <w:rFonts w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia" w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">修编于</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia" w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">202</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia" w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">4</w:t>
+        <w:t xml:space="preserve">6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia" w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">年</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia" w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">1</w:t>
-[...6 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia" w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-      </w:r>
-[...5 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">月</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia" w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">2</w:t>
-      </w:r>
-[...13 lines deleted...]
-        </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia" w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">日</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia" w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">）</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:r>
       <w:r>
@@ -724,50 +694,591 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia" w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
           <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">皈依</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia" w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
           <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">。</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
           <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:t xml:space="preserve">微信</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
+          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">等</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
+          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">国内</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
+          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">工具</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
+          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">传播</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
+          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">的</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
+          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">时候</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
+          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">，</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
+          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">建议</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
+          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">打</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
+          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">成</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
+          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">压缩包</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
+          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">，</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
+          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">比如说</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
+          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">打包</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
+          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">成</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
+          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">zip</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
+          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">文件</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
+          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">，</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
+          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">然后</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
+          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">加</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
+          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
+          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
+          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
+          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
+          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
+          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
+          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">这类</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
+          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">的</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
+          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">密码</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
+          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">。</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
+          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">微信</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
+          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">这类</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
+          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">的</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
+          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">工具</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
+          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">因为</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
+          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">无法</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
+          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">解密</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
+          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">，</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
+          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">就</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
+          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">只能</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
+          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">让你</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
+          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">传播</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
+          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">。</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
+          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">然后</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
+          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">你</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
+          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">再</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
+          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">将</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
+          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">密码</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
+          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">告诉</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
+          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">你</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
+          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">的</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
+          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">朋友</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
+          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">解压缩</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
+          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">即可</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
+          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">分享</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
+          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">。</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
+          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
           <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:widowControl/>
         <w:rPr>
           <w:rFonts w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
           <w:color w:val="000000" w:themeColor="text1"/>
@@ -7418,1203 +7929,1039 @@
         </w:rPr>
         <w:t xml:space="preserve">。</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia" w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="none"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia" w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="none"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
-          <w:sz w:val="24"/>
-[...21 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
+          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="none"/>
+        </w:rPr>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
+          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="none"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:ind w:firstLine="480"/>
         <w:rPr>
-          <w:rFonts w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
+          <w:rFonts w:hint="eastAsia" w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia" w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia" w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">东晋慧远法</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia" w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">师将教义包装成“净土宗”渡劫</w:t>
+        <w:t xml:space="preserve">师将教义包装成“净土宗”</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">，</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">又</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">在白莲社</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">秘</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">传</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">“</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">汉族</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">革命法门”</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia" w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">。</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia" w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">又将净土</w:t>
-[...13 lines deleted...]
-          <w:szCs w:val="24"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="none"/>
+        </w:rPr>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="none"/>
+        </w:rPr>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="none"/>
+        </w:rPr>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">在家</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">修炼</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">，</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">即</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">是</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">白莲社</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">。</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">度</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">人</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">度</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">己</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">，</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">即</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">是</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">白莲教</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">。</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="none"/>
+        </w:rPr>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="none"/>
+        </w:rPr>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="none"/>
+        </w:rPr>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="none"/>
+        </w:rPr>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="none"/>
+        </w:rPr>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">后世</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">认为</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">“</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:hint="eastAsia" w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
-[...9 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">白莲</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">教</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">”</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:hint="eastAsia" w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
-[...25 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">就是</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">“</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">净土宗</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">”</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">实则</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">大</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">谬</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">也</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">。</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:hint="eastAsia" w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
-[...51 lines deleted...]
-        <w:t xml:space="preserve">传</w:t>
+          <w:rFonts w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="none"/>
+        </w:rPr>
+      </w:r>
+      <w:r/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">净土宗是出家人搞的，守的是出家人的规矩。白莲</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">教</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">是在家人搞的，守的是在家人的规矩</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">。</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">在家人</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">可以</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">喝酒</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">、</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">吃肉</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">、</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">做爱</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">，</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">出家人</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">不可以</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">。</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">净土宗</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">是</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">“吃素、念佛”。白莲</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">教</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">是“推翻独裁政府，建立弥勒佛国”。一个主张“不杀生”；一个主张“打佛圣战”</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">。</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">两者</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">教义完全相反。</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">故</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">“南宋慈照法师创立白莲教”</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">是</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">错误</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">的</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">。</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">慈照</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">是</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">出家人</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">，</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">他</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">宣扬</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">的</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">也</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">是</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">净土宗</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">教义</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">。</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">宋朝</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">寺庙</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">信用</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">崩塌</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">、</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">白莲</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">社</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">鼎盛</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">，</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">和尚</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">冒充</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">白莲教</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia" w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">“</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia" w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">真净土宗</w:t>
+        <w:t xml:space="preserve">卡油</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia" w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">”</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia" w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">即</w:t>
-[...145 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">是</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia" w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:highlight w:val="none"/>
-[...8 lines deleted...]
-          <w:highlight w:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">寻常事</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">。</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia" w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:highlight w:val="none"/>
-[...754 lines deleted...]
-          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="none"/>
+        </w:rPr>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="none"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>